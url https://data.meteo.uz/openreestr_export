--- v0 (2025-10-19)
+++ v1 (2026-03-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="675">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="685">
   <si>
     <t>т/р</t>
   </si>
   <si>
     <t>Ариза рақами</t>
   </si>
   <si>
     <t>Давлат хизмати номи</t>
   </si>
   <si>
     <t>Келиб тушган сана</t>
   </si>
   <si>
     <t>Мурожаатчи ФИО си</t>
   </si>
   <si>
     <t>Аризачи телефон рақами</t>
   </si>
   <si>
     <t>Аризачи ИНН</t>
   </si>
   <si>
     <t>Аризачи почтаси</t>
   </si>
   <si>
@@ -2037,50 +2037,80 @@
     <t>bekkhudoynazarovxp@gmail.com</t>
   </si>
   <si>
     <t>17.02.2025</t>
   </si>
   <si>
     <t>19.02.2025</t>
   </si>
   <si>
     <t>21.04.2025</t>
   </si>
   <si>
     <t>18.06.2025</t>
   </si>
   <si>
     <t>25.07.2025</t>
   </si>
   <si>
     <t>26.09.2025</t>
   </si>
   <si>
     <t>QODIROV TIMURBEK ODIL O‘G‘LI</t>
   </si>
   <si>
     <t>ztvuzteam@gmail.com</t>
+  </si>
+  <si>
+    <t>15.02.2026</t>
+  </si>
+  <si>
+    <t>04.03.2026</t>
+  </si>
+  <si>
+    <t>USAROV ZOXID IGAMOVICH</t>
+  </si>
+  <si>
+    <t>zoxidusarov@mail.ru</t>
+  </si>
+  <si>
+    <t>06.03.2026</t>
+  </si>
+  <si>
+    <t>RAXIMOV SARVAR MOYLIYEVICH</t>
+  </si>
+  <si>
+    <t>sarvarr1982@gmail.com</t>
+  </si>
+  <si>
+    <t>09.03.2026</t>
+  </si>
+  <si>
+    <t>BOYNAZAROV AKBAR FARMONQUL O‘G‘LI</t>
+  </si>
+  <si>
+    <t>akbarboynazarov18@gmail.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2384,51 +2414,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L380"/>
+  <dimension ref="A1:L387"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -16843,50 +16873,316 @@
       <c r="D380" t="s">
         <v>672</v>
       </c>
       <c r="E380" t="s">
         <v>673</v>
       </c>
       <c r="F380">
         <v>998902527769</v>
       </c>
       <c r="G380">
         <v>558244474</v>
       </c>
       <c r="H380" t="s">
         <v>674</v>
       </c>
       <c r="I380" t="s">
         <v>16</v>
       </c>
       <c r="J380" t="s">
         <v>17</v>
       </c>
       <c r="K380" t="s">
         <v>18</v>
       </c>
       <c r="L380" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="381" spans="1:12">
+      <c r="A381">
+        <v>380</v>
+      </c>
+      <c r="B381">
+        <v>380</v>
+      </c>
+      <c r="C381" t="s">
+        <v>20</v>
+      </c>
+      <c r="D381" t="s">
+        <v>675</v>
+      </c>
+      <c r="E381" t="s">
+        <v>408</v>
+      </c>
+      <c r="F381">
+        <v>998997000163</v>
+      </c>
+      <c r="G381">
+        <v>523963929</v>
+      </c>
+      <c r="H381" t="s">
+        <v>409</v>
+      </c>
+      <c r="I381" t="s">
+        <v>16</v>
+      </c>
+      <c r="J381" t="s">
+        <v>17</v>
+      </c>
+      <c r="K381" t="s">
+        <v>18</v>
+      </c>
+      <c r="L381" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="382" spans="1:12">
+      <c r="A382">
+        <v>381</v>
+      </c>
+      <c r="B382">
+        <v>381</v>
+      </c>
+      <c r="C382" t="s">
+        <v>20</v>
+      </c>
+      <c r="D382" t="s">
+        <v>675</v>
+      </c>
+      <c r="E382" t="s">
+        <v>408</v>
+      </c>
+      <c r="F382">
+        <v>998997000163</v>
+      </c>
+      <c r="G382">
+        <v>523963929</v>
+      </c>
+      <c r="H382" t="s">
+        <v>409</v>
+      </c>
+      <c r="I382" t="s">
+        <v>16</v>
+      </c>
+      <c r="J382" t="s">
+        <v>17</v>
+      </c>
+      <c r="K382" t="s">
+        <v>18</v>
+      </c>
+      <c r="L382" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="383" spans="1:12">
+      <c r="A383">
+        <v>382</v>
+      </c>
+      <c r="B383">
+        <v>382</v>
+      </c>
+      <c r="C383" t="s">
+        <v>20</v>
+      </c>
+      <c r="D383" t="s">
+        <v>676</v>
+      </c>
+      <c r="E383" t="s">
+        <v>677</v>
+      </c>
+      <c r="F383">
+        <v>998941971627</v>
+      </c>
+      <c r="G383">
+        <v>521502781</v>
+      </c>
+      <c r="H383" t="s">
+        <v>678</v>
+      </c>
+      <c r="I383" t="s">
+        <v>16</v>
+      </c>
+      <c r="J383" t="s">
+        <v>17</v>
+      </c>
+      <c r="K383" t="s">
+        <v>18</v>
+      </c>
+      <c r="L383" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="384" spans="1:12">
+      <c r="A384">
+        <v>383</v>
+      </c>
+      <c r="B384">
+        <v>383</v>
+      </c>
+      <c r="C384" t="s">
+        <v>20</v>
+      </c>
+      <c r="D384" t="s">
+        <v>679</v>
+      </c>
+      <c r="E384" t="s">
+        <v>680</v>
+      </c>
+      <c r="F384">
+        <v>998973868227</v>
+      </c>
+      <c r="G384">
+        <v>512941375</v>
+      </c>
+      <c r="H384" t="s">
+        <v>681</v>
+      </c>
+      <c r="I384" t="s">
+        <v>16</v>
+      </c>
+      <c r="J384" t="s">
+        <v>17</v>
+      </c>
+      <c r="K384" t="s">
+        <v>18</v>
+      </c>
+      <c r="L384" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="385" spans="1:12">
+      <c r="A385">
+        <v>384</v>
+      </c>
+      <c r="B385">
+        <v>384</v>
+      </c>
+      <c r="C385" t="s">
+        <v>25</v>
+      </c>
+      <c r="D385" t="s">
+        <v>682</v>
+      </c>
+      <c r="E385" t="s">
+        <v>683</v>
+      </c>
+      <c r="F385">
+        <v>998901868875</v>
+      </c>
+      <c r="G385">
+        <v>32506922630037</v>
+      </c>
+      <c r="H385" t="s">
+        <v>684</v>
+      </c>
+      <c r="I385" t="s">
+        <v>16</v>
+      </c>
+      <c r="J385" t="s">
+        <v>17</v>
+      </c>
+      <c r="K385" t="s">
+        <v>18</v>
+      </c>
+      <c r="L385" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="386" spans="1:12">
+      <c r="A386">
+        <v>385</v>
+      </c>
+      <c r="B386">
+        <v>385</v>
+      </c>
+      <c r="C386" t="s">
+        <v>25</v>
+      </c>
+      <c r="D386" t="s">
+        <v>682</v>
+      </c>
+      <c r="E386" t="s">
+        <v>683</v>
+      </c>
+      <c r="F386">
+        <v>998901868875</v>
+      </c>
+      <c r="G386">
+        <v>576351547</v>
+      </c>
+      <c r="H386" t="s">
+        <v>684</v>
+      </c>
+      <c r="I386" t="s">
+        <v>16</v>
+      </c>
+      <c r="J386" t="s">
+        <v>17</v>
+      </c>
+      <c r="K386" t="s">
+        <v>18</v>
+      </c>
+      <c r="L386" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="387" spans="1:12">
+      <c r="A387">
+        <v>386</v>
+      </c>
+      <c r="B387">
+        <v>386</v>
+      </c>
+      <c r="C387" t="s">
+        <v>25</v>
+      </c>
+      <c r="D387" t="s">
+        <v>682</v>
+      </c>
+      <c r="E387" t="s">
+        <v>683</v>
+      </c>
+      <c r="F387">
+        <v>998901868875</v>
+      </c>
+      <c r="G387">
+        <v>576351547</v>
+      </c>
+      <c r="H387" t="s">
+        <v>684</v>
+      </c>
+      <c r="I387" t="s">
+        <v>16</v>
+      </c>
+      <c r="J387" t="s">
+        <v>17</v>
+      </c>
+      <c r="K387" t="s">
+        <v>18</v>
+      </c>
+      <c r="L387" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>